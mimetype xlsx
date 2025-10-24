--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -923,92 +923,92 @@
   <si>
     <t>04050147010017</t>
   </si>
   <si>
     <t>20132-228</t>
   </si>
   <si>
     <t>04050147014824</t>
   </si>
   <si>
     <t>20132-249</t>
   </si>
   <si>
     <t>APCapplicator Adapter für APC 2 mit APC-Buchse</t>
   </si>
   <si>
     <t>04050147020290</t>
   </si>
   <si>
     <t>20132-250</t>
   </si>
   <si>
     <t>APCapplicator Filter, Spatel, L 35mm</t>
   </si>
   <si>
+    <t>04050147024410</t>
+  </si>
+  <si>
     <t>04050147024403</t>
   </si>
   <si>
-    <t>04050147024410</t>
-[...1 lines deleted...]
-  <si>
     <t>20132-251</t>
   </si>
   <si>
     <t>APCapplicator Filter, Nadel, L 35mm</t>
   </si>
   <si>
     <t>04050147024441</t>
   </si>
   <si>
     <t>04050147024434</t>
   </si>
   <si>
     <t>20132-252</t>
   </si>
   <si>
     <t>APCapplicator Filter, Spatel, L 100mm</t>
   </si>
   <si>
+    <t>04050147024458</t>
+  </si>
+  <si>
     <t>04050147024465</t>
   </si>
   <si>
-    <t>04050147024458</t>
-[...1 lines deleted...]
-  <si>
     <t>20132-253</t>
   </si>
   <si>
     <t>APCapplicator Filter, Nadel, L 100mm</t>
   </si>
   <si>
+    <t>04050147024472</t>
+  </si>
+  <si>
     <t>04050147024489</t>
   </si>
   <si>
-    <t>04050147024472</t>
-[...1 lines deleted...]
-  <si>
     <t>20132-254</t>
   </si>
   <si>
     <t>APCapplicator Filter, Spatel, ø 5mm, L 350mm</t>
   </si>
   <si>
     <t>04050147024502</t>
   </si>
   <si>
     <t>04050147024496</t>
   </si>
   <si>
     <t>20132-255</t>
   </si>
   <si>
     <t>APCapplicator Filter, Nadel, ø 5mm, L 350mm</t>
   </si>
   <si>
     <t>04050147024526</t>
   </si>
   <si>
     <t>04050147024519</t>
   </si>
   <si>
     <t>20132-256</t>
@@ -1490,56 +1490,56 @@
   <si>
     <t>04050147022942</t>
   </si>
   <si>
     <t>04050147022980</t>
   </si>
   <si>
     <t>20150-111</t>
   </si>
   <si>
     <t>HYBRIDknife® flex T-Type E-lang, ø 2,6mm, L 2,3m</t>
   </si>
   <si>
     <t>04050147022959</t>
   </si>
   <si>
     <t>04050147022997</t>
   </si>
   <si>
     <t>20150-112</t>
   </si>
   <si>
     <t>HYBRIDknife® flex I-Type E-kurz, ø 2,6mm, L 2,3m</t>
   </si>
   <si>
+    <t>04050147022966</t>
+  </si>
+  <si>
     <t>04050147023000</t>
   </si>
   <si>
-    <t>04050147022966</t>
-[...1 lines deleted...]
-  <si>
     <t>20150-113</t>
   </si>
   <si>
     <t>HYBRIDknife® flex I-Type E-lang, ø 2,6mm, L 2,3m</t>
   </si>
   <si>
     <t>04050147023017</t>
   </si>
   <si>
     <t>04050147022973</t>
   </si>
   <si>
     <t>20150-215</t>
   </si>
   <si>
     <t>04050147020092</t>
   </si>
   <si>
     <t>04050147020108</t>
   </si>
   <si>
     <t>20150-220</t>
   </si>
   <si>
     <t>04050147001879</t>
@@ -5114,56 +5114,56 @@
   <si>
     <t>20321-044</t>
   </si>
   <si>
     <t>Clip-On Handstück für Rauchabsaugung</t>
   </si>
   <si>
     <t>06939029817570</t>
   </si>
   <si>
     <t>20321-045</t>
   </si>
   <si>
     <t>Verlängerungsspitze für Clip-On Handstück L 113 mm</t>
   </si>
   <si>
     <t>06939029817624</t>
   </si>
   <si>
     <t>20321-060</t>
   </si>
   <si>
     <t>Elektrochir. Rauchabsauggriff ausziehbar</t>
   </si>
   <si>
+    <t>06972250767047</t>
+  </si>
+  <si>
     <t>06972250767054</t>
   </si>
   <si>
-    <t>06972250767047</t>
-[...1 lines deleted...]
-  <si>
     <t>06972250767030</t>
   </si>
   <si>
     <t>20322-010</t>
   </si>
   <si>
     <t>Absaugelement mit Anschluss ø 22mm für IES 2</t>
   </si>
   <si>
     <t>04050147012578</t>
   </si>
   <si>
     <t>20322-101</t>
   </si>
   <si>
     <t>Einpedal-Fußschalt. IES2/ IES3 AP &amp; IP X8 Equipment</t>
   </si>
   <si>
     <t>04050147010680</t>
   </si>
   <si>
     <t>20323-000</t>
   </si>
   <si>
     <t>Hauptfilterkassette IES 3</t>
@@ -5507,104 +5507,104 @@
   <si>
     <t>04065655000214</t>
   </si>
   <si>
     <t>04065655000191</t>
   </si>
   <si>
     <t>04065655000207</t>
   </si>
   <si>
     <t>20325-215</t>
   </si>
   <si>
     <t>04065655000139</t>
   </si>
   <si>
     <t>04065655000153</t>
   </si>
   <si>
     <t>04065655000146</t>
   </si>
   <si>
     <t>20325-218</t>
   </si>
   <si>
+    <t>04065655000245</t>
+  </si>
+  <si>
     <t>04065655000238</t>
   </si>
   <si>
-    <t>04065655000245</t>
-[...1 lines deleted...]
-  <si>
     <t>04065655000221</t>
   </si>
   <si>
     <t>20325-219</t>
   </si>
   <si>
     <t>04065655000924</t>
   </si>
   <si>
     <t>04065655000931</t>
   </si>
   <si>
     <t>04065655000917</t>
   </si>
   <si>
     <t>20325-222</t>
   </si>
   <si>
     <t>04065655000252</t>
   </si>
   <si>
     <t>04065655000276</t>
   </si>
   <si>
     <t>04065655000269</t>
   </si>
   <si>
     <t>20325-223</t>
   </si>
   <si>
     <t>04065655000283</t>
   </si>
   <si>
     <t>04065655000290</t>
   </si>
   <si>
     <t>04065655000306</t>
   </si>
   <si>
     <t>20325-224</t>
   </si>
   <si>
+    <t>04065655000313</t>
+  </si>
+  <si>
     <t>04065655000337</t>
   </si>
   <si>
-    <t>04065655000313</t>
-[...1 lines deleted...]
-  <si>
     <t>04065655000320</t>
   </si>
   <si>
     <t>20325-225</t>
   </si>
   <si>
     <t>ERBEFLO®</t>
   </si>
   <si>
     <t>04065655001419</t>
   </si>
   <si>
     <t>04065655001396</t>
   </si>
   <si>
     <t>04065655001402</t>
   </si>
   <si>
     <t>20325-231</t>
   </si>
   <si>
     <t>ERBEFLO AeroRinse®</t>
   </si>
   <si>
     <t>04065655001389</t>
@@ -6656,56 +6656,56 @@
   <si>
     <t>04260386576148</t>
   </si>
   <si>
     <t>20821-006</t>
   </si>
   <si>
     <t>Kameraüberzug für VIRON XO geschlossenes System</t>
   </si>
   <si>
     <t>20830-013</t>
   </si>
   <si>
     <t>Insufflationsschlauch mit integriertem Filter</t>
   </si>
   <si>
     <t>03760278264036</t>
   </si>
   <si>
     <t>20830-014</t>
   </si>
   <si>
     <t>Insufflationsschlauch</t>
   </si>
   <si>
+    <t>03700512926191</t>
+  </si>
+  <si>
     <t>03700512906193</t>
   </si>
   <si>
-    <t>03700512926191</t>
-[...1 lines deleted...]
-  <si>
     <t>20830-015</t>
   </si>
   <si>
     <t>Hygienefilter für CO2-Gas-Insufflator</t>
   </si>
   <si>
     <t>03700512926160</t>
   </si>
   <si>
     <t>03700512906162</t>
   </si>
   <si>
     <t>20830-016</t>
   </si>
   <si>
     <t>Externer Gasfilter für Gasanschluss</t>
   </si>
   <si>
     <t>04050147999947</t>
   </si>
   <si>
     <t>20830-017</t>
   </si>
   <si>
     <t>Flexibler Schlauch 7/16F UNF - PRESA NIST 180°</t>
@@ -9638,56 +9638,56 @@
   <si>
     <t>21191-057</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, L 180mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011557</t>
   </si>
   <si>
     <t>21191-058</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, isol., L 180mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011526</t>
   </si>
   <si>
     <t>21191-059</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, L 45mm, ø 4mm</t>
   </si>
   <si>
+    <t>04050147011113</t>
+  </si>
+  <si>
     <t>04050147018709</t>
   </si>
   <si>
-    <t>04050147011113</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-060</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gebogen, L 40mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147018716</t>
   </si>
   <si>
     <t>04050147011120</t>
   </si>
   <si>
     <t>21191-061</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, isol., L 45mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011564</t>
   </si>
   <si>
     <t>04050147018723</t>
   </si>
   <si>
     <t>21191-062</t>
@@ -11024,54 +11024,54 @@
   <si>
     <t>BiClamp® 260 C, MF-2 gebogen 18°, glatt, L 260mm</t>
   </si>
   <si>
     <t>04050147015227</t>
   </si>
   <si>
     <t>21195-400</t>
   </si>
   <si>
     <t>TriSect rapide® 140 ø 5mm, L 140mm</t>
   </si>
   <si>
     <t>04050147023376</t>
   </si>
   <si>
     <t>04050147023369</t>
   </si>
   <si>
     <t>21195-401</t>
   </si>
   <si>
     <t>TriSect rapide® 200 ø 5mm, L 200mm</t>
   </si>
   <si>
+    <t>04050147023383</t>
+  </si>
+  <si>
     <t>04050147023390</t>
-  </si>
-[...1 lines deleted...]
-    <t>04050147023383</t>
   </si>
   <si>
     <t>21195-402</t>
   </si>
   <si>
     <t>TriSect rapide® 350 ø 5mm, L 350mm</t>
   </si>
   <si>
     <t>04050147023406</t>
   </si>
   <si>
     <t>04050147023413</t>
   </si>
   <si>
     <t>21195-403</t>
   </si>
   <si>
     <t>TriSect rapide® 450 ø 5mm, L 450mm</t>
   </si>
   <si>
     <t>04050147023420</t>
   </si>
   <si>
     <t>04050147023437</t>
   </si>
@@ -12949,149 +12949,149 @@
     <row r="122">
       <c r="A122" t="s" s="2">
         <v>299</v>
       </c>
       <c r="B122" t="s">
         <v>300</v>
       </c>
       <c r="C122" t="s" s="2">
         <v>301</v>
       </c>
       <c r="D122">
         <v>1</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s" s="2">
         <v>302</v>
       </c>
       <c r="B123" t="s">
         <v>303</v>
       </c>
       <c r="C123" t="s" s="2">
         <v>304</v>
       </c>
       <c r="D123">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s" s="2">
         <v>302</v>
       </c>
       <c r="B124" t="s">
         <v>303</v>
       </c>
       <c r="C124" t="s" s="2">
         <v>305</v>
       </c>
       <c r="D124">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s" s="2">
         <v>306</v>
       </c>
       <c r="B125" t="s">
         <v>307</v>
       </c>
       <c r="C125" t="s" s="2">
         <v>308</v>
       </c>
       <c r="D125">
         <v>5</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
         <v>306</v>
       </c>
       <c r="B126" t="s">
         <v>307</v>
       </c>
       <c r="C126" t="s" s="2">
         <v>309</v>
       </c>
       <c r="D126">
         <v>1</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s" s="2">
         <v>310</v>
       </c>
       <c r="B127" t="s">
         <v>311</v>
       </c>
       <c r="C127" t="s" s="2">
         <v>312</v>
       </c>
       <c r="D127">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s" s="2">
         <v>310</v>
       </c>
       <c r="B128" t="s">
         <v>311</v>
       </c>
       <c r="C128" t="s" s="2">
         <v>313</v>
       </c>
       <c r="D128">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="2">
         <v>314</v>
       </c>
       <c r="B129" t="s">
         <v>315</v>
       </c>
       <c r="C129" t="s" s="2">
         <v>316</v>
       </c>
       <c r="D129">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="2">
         <v>314</v>
       </c>
       <c r="B130" t="s">
         <v>315</v>
       </c>
       <c r="C130" t="s" s="2">
         <v>317</v>
       </c>
       <c r="D130">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="2">
         <v>318</v>
       </c>
       <c r="B131" t="s">
         <v>319</v>
       </c>
       <c r="C131" t="s" s="2">
         <v>320</v>
       </c>
       <c r="D131">
         <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="2">
         <v>318</v>
       </c>
       <c r="B132" t="s">
         <v>319</v>
       </c>
       <c r="C132" t="s" s="2">
         <v>321</v>
@@ -14123,65 +14123,65 @@
     <row r="206">
       <c r="A206" t="s" s="2">
         <v>487</v>
       </c>
       <c r="B206" t="s">
         <v>488</v>
       </c>
       <c r="C206" t="s" s="2">
         <v>490</v>
       </c>
       <c r="D206">
         <v>5</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="2">
         <v>491</v>
       </c>
       <c r="B207" t="s">
         <v>492</v>
       </c>
       <c r="C207" t="s" s="2">
         <v>493</v>
       </c>
       <c r="D207">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="2">
         <v>491</v>
       </c>
       <c r="B208" t="s">
         <v>492</v>
       </c>
       <c r="C208" t="s" s="2">
         <v>494</v>
       </c>
       <c r="D208">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="2">
         <v>495</v>
       </c>
       <c r="B209" t="s">
         <v>496</v>
       </c>
       <c r="C209" t="s" s="2">
         <v>497</v>
       </c>
       <c r="D209">
         <v>5</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="2">
         <v>495</v>
       </c>
       <c r="B210" t="s">
         <v>496</v>
       </c>
       <c r="C210" t="s" s="2">
         <v>498</v>
@@ -19929,69 +19929,69 @@
       <c r="D620">
         <v>1</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" t="s" s="2">
         <v>1570</v>
       </c>
       <c r="B621" t="s">
         <v>1571</v>
       </c>
       <c r="C621" s="3">
         <v>15060914590105</v>
       </c>
       <c r="D621">
         <v>25</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" t="s" s="2">
         <v>1573</v>
       </c>
       <c r="B622" t="s">
         <v>1574</v>
       </c>
-      <c r="C622" t="s" s="2">
-        <v>1575</v>
+      <c r="C622" s="3">
+        <v>15060914590082</v>
       </c>
       <c r="D622">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" t="s" s="2">
         <v>1573</v>
       </c>
       <c r="B623" t="s">
         <v>1574</v>
       </c>
-      <c r="C623" s="3">
-        <v>15060914590082</v>
+      <c r="C623" t="s" s="2">
+        <v>1575</v>
       </c>
       <c r="D623">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="s" s="2">
         <v>1576</v>
       </c>
       <c r="B624" t="s">
         <v>1577</v>
       </c>
       <c r="C624" t="s" s="2">
         <v>1578</v>
       </c>
       <c r="D624">
         <v>1</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="s" s="2">
         <v>1576</v>
       </c>
       <c r="B625" t="s">
         <v>1577</v>
       </c>
       <c r="C625" s="3">
         <v>15060914590099</v>
@@ -20787,65 +20787,65 @@
     <row r="682">
       <c r="A682" t="s" s="2">
         <v>1696</v>
       </c>
       <c r="B682" t="s">
         <v>1697</v>
       </c>
       <c r="C682" s="3">
         <v>16939029817621</v>
       </c>
       <c r="D682">
         <v>25</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" t="s" s="2">
         <v>1699</v>
       </c>
       <c r="B683" t="s">
         <v>1700</v>
       </c>
       <c r="C683" t="s" s="2">
         <v>1701</v>
       </c>
       <c r="D683">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" t="s" s="2">
         <v>1699</v>
       </c>
       <c r="B684" t="s">
         <v>1700</v>
       </c>
       <c r="C684" t="s" s="2">
         <v>1702</v>
       </c>
       <c r="D684">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" t="s" s="2">
         <v>1699</v>
       </c>
       <c r="B685" t="s">
         <v>1700</v>
       </c>
       <c r="C685" t="s" s="2">
         <v>1703</v>
       </c>
       <c r="D685">
         <v>1</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" t="s" s="2">
         <v>1704</v>
       </c>
       <c r="B686" t="s">
         <v>1705</v>
       </c>
       <c r="C686" t="s" s="2">
         <v>1706</v>
@@ -21823,65 +21823,65 @@
     <row r="756">
       <c r="A756" t="s" s="2">
         <v>1827</v>
       </c>
       <c r="B756" t="s">
         <v>1811</v>
       </c>
       <c r="C756" t="s" s="2">
         <v>1830</v>
       </c>
       <c r="D756">
         <v>10</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" t="s" s="2">
         <v>1831</v>
       </c>
       <c r="B757" t="s">
         <v>1811</v>
       </c>
       <c r="C757" t="s" s="2">
         <v>1832</v>
       </c>
       <c r="D757">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="s" s="2">
         <v>1831</v>
       </c>
       <c r="B758" t="s">
         <v>1811</v>
       </c>
       <c r="C758" t="s" s="2">
         <v>1833</v>
       </c>
       <c r="D758">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" t="s" s="2">
         <v>1831</v>
       </c>
       <c r="B759" t="s">
         <v>1811</v>
       </c>
       <c r="C759" t="s" s="2">
         <v>1834</v>
       </c>
       <c r="D759">
         <v>1</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" t="s" s="2">
         <v>1835</v>
       </c>
       <c r="B760" t="s">
         <v>1778</v>
       </c>
       <c r="C760" t="s" s="2">
         <v>1836</v>
@@ -21991,65 +21991,65 @@
     <row r="768">
       <c r="A768" t="s" s="2">
         <v>1843</v>
       </c>
       <c r="B768" t="s">
         <v>1811</v>
       </c>
       <c r="C768" t="s" s="2">
         <v>1846</v>
       </c>
       <c r="D768">
         <v>50</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="s" s="2">
         <v>1847</v>
       </c>
       <c r="B769" t="s">
         <v>1811</v>
       </c>
       <c r="C769" t="s" s="2">
         <v>1848</v>
       </c>
       <c r="D769">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" t="s" s="2">
         <v>1847</v>
       </c>
       <c r="B770" t="s">
         <v>1811</v>
       </c>
       <c r="C770" t="s" s="2">
         <v>1849</v>
       </c>
       <c r="D770">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" t="s" s="2">
         <v>1847</v>
       </c>
       <c r="B771" t="s">
         <v>1811</v>
       </c>
       <c r="C771" t="s" s="2">
         <v>1850</v>
       </c>
       <c r="D771">
         <v>10</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" t="s" s="2">
         <v>1851</v>
       </c>
       <c r="B772" t="s">
         <v>1852</v>
       </c>
       <c r="C772" t="s" s="2">
         <v>1853</v>
@@ -24553,65 +24553,65 @@
     <row r="951">
       <c r="A951" t="s" s="2">
         <v>2210</v>
       </c>
       <c r="B951" t="s">
         <v>2211</v>
       </c>
       <c r="C951" s="3">
         <v>13760278264033</v>
       </c>
       <c r="D951">
         <v>20</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" t="s" s="2">
         <v>2213</v>
       </c>
       <c r="B952" t="s">
         <v>2214</v>
       </c>
       <c r="C952" t="s" s="2">
         <v>2215</v>
       </c>
       <c r="D952">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" t="s" s="2">
         <v>2213</v>
       </c>
       <c r="B953" t="s">
         <v>2214</v>
       </c>
       <c r="C953" t="s" s="2">
         <v>2216</v>
       </c>
       <c r="D953">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" t="s" s="2">
         <v>2217</v>
       </c>
       <c r="B954" t="s">
         <v>2218</v>
       </c>
       <c r="C954" t="s" s="2">
         <v>2219</v>
       </c>
       <c r="D954">
         <v>50</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" t="s" s="2">
         <v>2217</v>
       </c>
       <c r="B955" t="s">
         <v>2218</v>
       </c>
       <c r="C955" t="s" s="2">
         <v>2220</v>
@@ -29425,65 +29425,65 @@
     <row r="1299">
       <c r="A1299" t="s" s="2">
         <v>3204</v>
       </c>
       <c r="B1299" t="s">
         <v>3205</v>
       </c>
       <c r="C1299" t="s" s="2">
         <v>3206</v>
       </c>
       <c r="D1299">
         <v>1</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" t="s" s="2">
         <v>3207</v>
       </c>
       <c r="B1300" t="s">
         <v>3208</v>
       </c>
       <c r="C1300" t="s" s="2">
         <v>3209</v>
       </c>
       <c r="D1300">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" t="s" s="2">
         <v>3207</v>
       </c>
       <c r="B1301" t="s">
         <v>3208</v>
       </c>
       <c r="C1301" t="s" s="2">
         <v>3210</v>
       </c>
       <c r="D1301">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" t="s" s="2">
         <v>3211</v>
       </c>
       <c r="B1302" t="s">
         <v>3212</v>
       </c>
       <c r="C1302" t="s" s="2">
         <v>3213</v>
       </c>
       <c r="D1302">
         <v>5</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" t="s" s="2">
         <v>3211</v>
       </c>
       <c r="B1303" t="s">
         <v>3212</v>
       </c>
       <c r="C1303" t="s" s="2">
         <v>3214</v>
@@ -32166,68 +32166,68 @@
         <v>10</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" t="s" s="2">
         <v>3590</v>
       </c>
       <c r="B1495" t="s">
         <v>3591</v>
       </c>
       <c r="C1495" t="s" s="2">
         <v>3592</v>
       </c>
       <c r="D1495">
         <v>1</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" t="s" s="2">
         <v>3590</v>
       </c>
       <c r="B1496" t="s">
         <v>3591</v>
       </c>
       <c r="C1496" s="3">
-        <v>16939029817713</v>
+        <v>26939029817710</v>
       </c>
       <c r="D1496">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" t="s" s="2">
         <v>3590</v>
       </c>
       <c r="B1497" t="s">
         <v>3591</v>
       </c>
       <c r="C1497" s="3">
-        <v>26939029817710</v>
+        <v>16939029817713</v>
       </c>
       <c r="D1497">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" t="s" s="2">
         <v>3590</v>
       </c>
       <c r="B1498" t="s">
         <v>3591</v>
       </c>
       <c r="C1498" s="3">
         <v>36939029817717</v>
       </c>
       <c r="D1498">
         <v>1000</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" t="s" s="2">
         <v>3593</v>
       </c>
       <c r="B1499" t="s">
         <v>3594</v>
       </c>
       <c r="C1499" s="3">
         <v>16939029817737</v>
@@ -32743,65 +32743,65 @@
     <row r="1536">
       <c r="A1536" t="s" s="2">
         <v>3665</v>
       </c>
       <c r="B1536" t="s">
         <v>3666</v>
       </c>
       <c r="C1536" t="s" s="2">
         <v>3668</v>
       </c>
       <c r="D1536">
         <v>1</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" t="s" s="2">
         <v>3669</v>
       </c>
       <c r="B1537" t="s">
         <v>3670</v>
       </c>
       <c r="C1537" t="s" s="2">
         <v>3671</v>
       </c>
       <c r="D1537">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" t="s" s="2">
         <v>3669</v>
       </c>
       <c r="B1538" t="s">
         <v>3670</v>
       </c>
       <c r="C1538" t="s" s="2">
         <v>3672</v>
       </c>
       <c r="D1538">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" t="s" s="2">
         <v>3673</v>
       </c>
       <c r="B1539" t="s">
         <v>3674</v>
       </c>
       <c r="C1539" t="s" s="2">
         <v>3675</v>
       </c>
       <c r="D1539">
         <v>1</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" t="s" s="2">
         <v>3673</v>
       </c>
       <c r="B1540" t="s">
         <v>3674</v>
       </c>
       <c r="C1540" t="s" s="2">
         <v>3676</v>